--- v0 (2025-10-07)
+++ v1 (2025-12-03)
@@ -1,124 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Vvv\share\EVHN\EVHN\NM\NMR\NMM_Jankowski\Terminmeldungen\Brennwerttabelle Internet\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{36F437DB-C5C4-47CA-911D-232FAC5BDF43}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="25200" windowHeight="11556"/>
+    <workbookView xWindow="-57720" yWindow="-5190" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Monatsmengen und Brennwert" sheetId="1" r:id="rId1"/>
     <sheet name="Brennwertermittlung" sheetId="2" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D6" i="2" l="1"/>
   <c r="G12" i="2" s="1"/>
   <c r="H12" i="2" s="1"/>
   <c r="G18" i="2" l="1"/>
   <c r="H18" i="2" s="1"/>
   <c r="G8" i="2"/>
   <c r="H8" i="2" s="1"/>
   <c r="G15" i="2"/>
   <c r="H15" i="2" s="1"/>
   <c r="G17" i="2"/>
   <c r="H17" i="2" s="1"/>
   <c r="G14" i="2"/>
   <c r="H14" i="2" s="1"/>
   <c r="G13" i="2"/>
   <c r="H13" i="2" s="1"/>
   <c r="G16" i="2"/>
   <c r="H16" i="2" s="1"/>
   <c r="G7" i="2"/>
   <c r="G11" i="2"/>
   <c r="H11" i="2" s="1"/>
   <c r="G10" i="2"/>
   <c r="H10" i="2" s="1"/>
   <c r="G9" i="2"/>
   <c r="H9" i="2" s="1"/>
   <c r="G6" i="2" l="1"/>
   <c r="H7" i="2"/>
   <c r="H6" i="2" s="1"/>
   <c r="J6" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
-<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>EVH</author>
   </authors>
   <commentList>
-    <comment ref="B4" authorId="0" shapeId="0">
+    <comment ref="B4" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <i/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Einspeisemengen und Monatsbrennwert aus entspr. Tabellenblatt kopieren und einfügen</t>
         </r>
       </text>
     </comment>
-    <comment ref="I5" authorId="0" shapeId="0">
+    <comment ref="I5" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000002000000}">
       <text>
         <r>
           <rPr>
             <i/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Z-Zahl der Messtelle eintragen</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
@@ -195,51 +209,51 @@
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>Tabelle Monatsbrennwert</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
     <numFmt numFmtId="166" formatCode="0.0000%"/>
     <numFmt numFmtId="167" formatCode="[$-407]mmm/\ yy;@"/>
     <numFmt numFmtId="168" formatCode="mm/yyyy"/>
     <numFmt numFmtId="169" formatCode="0.000"/>
     <numFmt numFmtId="170" formatCode="0.0000000"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.000\ _€_-;\-* #,##0.000\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="_-* #,##0\ _€_-;\-* #,##0\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="22"/>
       <name val="Arial"/>
@@ -1131,201 +1145,201 @@
     <cellStyle name="40 % - Akzent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Akzent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Akzent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Akzent3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Akzent4" xfId="22" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Akzent5" xfId="23" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Akzent6" xfId="24" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Ausgabe" xfId="25" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Berechnung" xfId="26" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Eingabe" xfId="27" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Ergebnis" xfId="28" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Erklärender Text" xfId="29" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Gut" xfId="30" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Komma" xfId="31" builtinId="3"/>
-    <cellStyle name="Komma 2" xfId="32"/>
-    <cellStyle name="Komma 3" xfId="33"/>
+    <cellStyle name="Komma 2" xfId="32" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="Komma 3" xfId="33" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
     <cellStyle name="Neutral" xfId="34" builtinId="28" customBuiltin="1"/>
-    <cellStyle name="Normal 2" xfId="35"/>
-[...1 lines deleted...]
-    <cellStyle name="Prozent 2" xfId="37"/>
+    <cellStyle name="Normal 2" xfId="35" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="Notiz 2" xfId="36" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="Prozent 2" xfId="37" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
     <cellStyle name="Schlecht" xfId="38" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
-    <cellStyle name="Standard 2" xfId="39"/>
-[...1 lines deleted...]
-    <cellStyle name="Standard 3" xfId="41"/>
+    <cellStyle name="Standard 2" xfId="39" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="Standard 2 2" xfId="40" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="Standard 3" xfId="41" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
     <cellStyle name="Überschrift" xfId="42" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Überschrift 1" xfId="43" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Überschrift 2" xfId="44" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Überschrift 3" xfId="45" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Überschrift 4" xfId="46" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Verknüpfte Zelle" xfId="47" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Warnender Text" xfId="48" builtinId="11" customBuiltin="1"/>
     <cellStyle name="Zelle überprüfen" xfId="49" builtinId="23" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1462,56 +1476,56 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:J265"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A253" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C262" sqref="C262"/>
+      <selection pane="bottomLeft" activeCell="C263" sqref="C263"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.109375" style="47" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="12.6640625" style="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="16.5546875" style="63" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6.5546875" style="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.33203125" style="79" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.5546875"/>
     <col min="7" max="9" width="11.44140625" style="8"/>
     <col min="10" max="10" width="15.44140625" style="8" bestFit="1" customWidth="1"/>
     <col min="11" max="16384" width="11.44140625" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="50" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="49" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="48" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="64" t="s">
         <v>8</v>
       </c>
@@ -5969,88 +5983,94 @@
     </row>
     <row r="262" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A262" s="47">
         <v>2025</v>
       </c>
       <c r="B262" s="68" t="s">
         <v>21</v>
       </c>
       <c r="C262" s="63">
         <v>34302795.439000003</v>
       </c>
       <c r="D262" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E262" s="79">
         <v>11.504</v>
       </c>
     </row>
     <row r="263" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A263" s="47">
         <v>2025</v>
       </c>
       <c r="B263" s="68" t="s">
         <v>10</v>
       </c>
+      <c r="C263" s="63">
+        <v>80978947.282000035</v>
+      </c>
       <c r="D263" s="8" t="s">
         <v>0</v>
+      </c>
+      <c r="E263" s="79">
+        <v>11.539</v>
       </c>
     </row>
     <row r="264" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A264" s="47">
         <v>2025</v>
       </c>
       <c r="B264" s="68" t="s">
         <v>11</v>
       </c>
       <c r="D264" s="8" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:5" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A265" s="56">
         <v>2025</v>
       </c>
       <c r="B265" s="53" t="s">
         <v>12</v>
       </c>
       <c r="C265" s="65"/>
       <c r="D265" s="55" t="s">
         <v>0</v>
       </c>
       <c r="E265" s="59"/>
     </row>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.78740157499999996" right="0.78740157499999996" top="0.984251969" bottom="0.984251969" header="0.4921259845" footer="0.4921259845"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:M51"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="O20" sqref="O20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="1"/>
     <col min="2" max="2" width="9.33203125" style="47" customWidth="1"/>
     <col min="4" max="4" width="15.33203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="5.6640625" style="6" customWidth="1"/>
     <col min="6" max="6" width="21.88671875" style="38" customWidth="1"/>
     <col min="7" max="7" width="11" style="9" customWidth="1"/>
     <col min="8" max="8" width="33.88671875" customWidth="1"/>
     <col min="9" max="9" width="6.44140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="38.44140625" customWidth="1"/>
     <col min="11" max="11" width="7.44140625" style="11" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="7.44140625" style="11" customWidth="1"/>
     <col min="13" max="13" width="7.5546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B1" s="15"/>
       <c r="C1" s="13"/>